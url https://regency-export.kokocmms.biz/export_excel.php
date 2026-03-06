--- v0 (2026-01-07)
+++ v1 (2026-03-06)
@@ -42,51 +42,51 @@
     <sheet name="Department" sheetId="4" r:id="rId7"/>
     <sheet name="Urgency" sheetId="5" r:id="rId8"/>
     <sheet name="DayofMonth" sheetId="6" r:id="rId9"/>
     <sheet name="MonthofYear" sheetId="7" r:id="rId10"/>
     <sheet name="DayofWeek" sheetId="8" r:id="rId11"/>
     <sheet name="OnWhich" sheetId="9" r:id="rId12"/>
     <sheet name="OnTheRecurrence" sheetId="10" r:id="rId13"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Property name</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Date Time</t>
   </si>
   <si>
-    <t>01/07/2026 16:49</t>
+    <t>03/06/2026 07:46</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Required</t>
   </si>
   <si>
     <t>Optional</t>
   </si>
   <si>
     <t>Optional
 (It will be auto-renew after one year)</t>
   </si>
   <si>
     <t>Optional
 (For Monthly, Annually Frequency)</t>
   </si>
   <si>
     <t>Optional 
 (For On which value On The)</t>
   </si>
   <si>
     <t xml:space="preserve">Optional
 (For Weekly and Monthly, Annually On The Frequency)